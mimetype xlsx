--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd08e7aab7445ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5107d24c1bee41d6b15530d7ab1eda6c.psmdcp" Id="Rf7c5547b5d244016" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5250073ad90e43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2bcbae5eb12e47e5ab5679ba58cad0e0.psmdcp" Id="R60e4aa06a5314a7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Products" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ProductName</x:t>
   </x:si>
   <x:si>
     <x:t>CategoryName</x:t>
   </x:si>
   <x:si>
@@ -43,51 +43,51 @@
   <x:si>
     <x:t>ReorderLevel</x:t>
   </x:si>
   <x:si>
     <x:t>UnitName</x:t>
   </x:si>
   <x:si>
     <x:t>Factor</x:t>
   </x:si>
   <x:si>
     <x:t>BuyPrice</x:t>
   </x:si>
   <x:si>
     <x:t>SellPrice</x:t>
   </x:si>
   <x:si>
     <x:t>Barcode</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">النظافة التأهيلية </x:t>
   </x:si>
   <x:si>
     <x:t>تنظيف</x:t>
   </x:si>
   <x:si>
-    <x:t>Dell</x:t>
+    <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>ساعة</x:t>
   </x:si>
   <x:si>
     <x:t>1001</x:t>
   </x:si>
   <x:si>
     <x:t>نظافة اثاث</x:t>
   </x:si>
   <x:si>
     <x:t>1002</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>