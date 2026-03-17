--- v1 (2025-12-17)
+++ v2 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5250073ad90e43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2bcbae5eb12e47e5ab5679ba58cad0e0.psmdcp" Id="R60e4aa06a5314a7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01960f8c0c204188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6ec7ed4910b4a21ad3bf9ca9d715e95.psmdcp" Id="Rc7cf78754e964cb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Products" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>ProductName</x:t>
   </x:si>
   <x:si>
     <x:t>CategoryName</x:t>
   </x:si>
   <x:si>